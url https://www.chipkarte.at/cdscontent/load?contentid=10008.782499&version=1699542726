--- v0 (2025-11-01)
+++ v1 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="310450E5" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="00611BF0" w:rsidP="00833E47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6946"/>
         </w:tabs>
         <w:ind w:right="3258"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpc">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="101631AA" wp14:editId="3E7BEDDF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2339340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-226695</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2306320" cy="1127760"/>
@@ -7216,80 +7216,80 @@
       <w:r w:rsidR="004D0A60">
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002617B0" w:rsidRPr="00833E47">
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0092114E" w:rsidRPr="00833E47">
         <w:rPr>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>ystem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4390AC96" w14:textId="56DAAD02" w:rsidR="0092114E" w:rsidRPr="00833E47" w:rsidRDefault="00E614B4" w:rsidP="00833E47">
+    <w:p w14:paraId="4390AC96" w14:textId="5746461E" w:rsidR="0092114E" w:rsidRPr="00833E47" w:rsidRDefault="00E614B4" w:rsidP="00833E47">
       <w:pPr>
         <w:spacing w:line="1080" w:lineRule="atLeast"/>
         <w:ind w:right="3258"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00833E47">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
       <w:r w:rsidR="002D2E43">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidR="009F5456">
+      <w:r w:rsidR="00E52C8C">
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2039C339" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00833E47">
       <w:pPr>
         <w:spacing w:line="1080" w:lineRule="atLeast"/>
         <w:ind w:right="3258"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6303152E" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00833E47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:right="3258"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
@@ -7311,89 +7311,96 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:right="3258"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57865D84" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00833E47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:right="3258"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58BE8311" w14:textId="469E33BB" w:rsidR="0092114E" w:rsidRPr="00833E47" w:rsidRDefault="009F5456" w:rsidP="00833E47">
+    <w:p w14:paraId="58BE8311" w14:textId="7AEC2133" w:rsidR="0092114E" w:rsidRPr="00833E47" w:rsidRDefault="009F5456" w:rsidP="00833E47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6946"/>
         </w:tabs>
         <w:ind w:right="3258"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Wien</w:t>
       </w:r>
       <w:r w:rsidR="0092114E" w:rsidRPr="00833E47">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004D0A60">
+      <w:r w:rsidR="00E52C8C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>November</w:t>
+        <w:t>Jänner</w:t>
       </w:r>
       <w:r w:rsidR="00771BAB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52C8C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB71585" w14:textId="77777777" w:rsidR="0092114E" w:rsidRPr="005205E3" w:rsidRDefault="0092114E" w:rsidP="005205E3">
       <w:pPr>
         <w:pStyle w:val="berschrift1neu"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Ref97640680"/>
       <w:bookmarkStart w:id="1" w:name="_Ref97640687"/>
       <w:bookmarkStart w:id="2" w:name="_Toc104633987"/>
       <w:bookmarkStart w:id="3" w:name="_Toc144685855"/>
       <w:bookmarkStart w:id="4" w:name="_Toc163175128"/>
       <w:bookmarkStart w:id="5" w:name="_Toc163269267"/>
       <w:bookmarkStart w:id="6" w:name="_Toc166299595"/>
       <w:bookmarkStart w:id="7" w:name="_Toc174241634"/>
@@ -8337,69 +8344,69 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-/Filial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>adressen an.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09168002" w14:textId="77777777" w:rsidR="00D1646A" w:rsidRDefault="00D1646A" w:rsidP="00E465FC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F397EC7" w14:textId="77777777" w:rsidR="00D1646A" w:rsidRPr="00E465FC" w:rsidRDefault="00D1646A" w:rsidP="00D1646A">
+          <w:p w14:paraId="3F397EC7" w14:textId="4FC289FA" w:rsidR="00D1646A" w:rsidRPr="00E465FC" w:rsidRDefault="00D1646A" w:rsidP="00D1646A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D1646A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Für KAs:</w:t>
+              <w:t>Für KA:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Geben Sie </w:t>
             </w:r>
             <w:r w:rsidR="0092114E" w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">die genaue Bezeichnung und Adresse des </w:t>
             </w:r>
             <w:r w:rsidR="00D84DC4" w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
@@ -9156,197 +9163,98 @@
             <w:r w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> für den </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">e-card </w:t>
             </w:r>
             <w:r w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anschluss gewählt?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C683A6B" w14:textId="77777777" w:rsidR="006C5A83" w:rsidRPr="00E465FC" w:rsidRDefault="006C5A83" w:rsidP="006C5A83">
+          <w:p w14:paraId="13ED7C30" w14:textId="0DAE71DF" w:rsidR="00E52C8C" w:rsidRPr="00E52C8C" w:rsidRDefault="006C5A83" w:rsidP="00E52C8C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Für die Installation von einem eHI-Net/GIN-Anschluss können derzeit folgende Provider ausgewählt werden: </w:t>
             </w:r>
-          </w:p>
-[...126 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>www.chipkarte.at/provi</w:t>
+              </w:r>
+              <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>d</w:t>
+              </w:r>
+              <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>er</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-469909761"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4110" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="18C1F1AA" w14:textId="4E8084B5" w:rsidR="0092114E" w:rsidRPr="00E26B6F" w:rsidRDefault="00E26B6F" w:rsidP="00233E25">
                 <w:pPr>
                   <w:ind w:left="0"/>
@@ -9591,97 +9499,115 @@
             <w:r w:rsidRPr="00732B1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Security-Kriterien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> möglich</w:t>
             </w:r>
             <w:r w:rsidRPr="00732B1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AE33E48" w14:textId="012984B2" w:rsidR="00732B1F" w:rsidRDefault="00732B1F" w:rsidP="00997325">
+          <w:p w14:paraId="1AE33E48" w14:textId="59BBD17D" w:rsidR="00732B1F" w:rsidRDefault="00732B1F" w:rsidP="00997325">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8185A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nähere Informationen finden Sie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> auf unserer </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00592B30">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Homepage</w:t>
+                <w:t>Homep</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00592B30">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>a</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00592B30">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bzw. können unter </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="007B4713">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>krankenanstalten@svc.co.at</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bezogen werden. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AD9104C" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -10287,78 +10213,107 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>nach erfolgter Abstimmung mit der SVC</w:t>
       </w:r>
       <w:r w:rsidRPr="00E60D50">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, von Ihnen direkt mit dem ausgewählten Provider durchgeführt werden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E911C63" w14:textId="77777777" w:rsidR="0047782A" w:rsidRDefault="0047782A" w:rsidP="00D8185A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FFACBFE" w14:textId="77777777" w:rsidR="008B4E8F" w:rsidRDefault="008B4E8F" w:rsidP="008B4E8F">
+    <w:p w14:paraId="5FFACBFE" w14:textId="0BBF4A06" w:rsidR="008B4E8F" w:rsidRDefault="008B4E8F" w:rsidP="008B4E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4E8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei der Erstausstattung werden zwei Admin-Karten ausgestellt. Für zusätzliche Admin-Karten wenden Sie sich bitte an </w:t>
       </w:r>
       <w:r w:rsidR="00BE31DB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>die e-card Serviceline (</w:t>
       </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>www.chipk</w:t>
+        </w:r>
+        <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+          </w:rPr>
+          <w:t>rte.at/gda-support</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E52C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &gt; „Support e-card“</w:t>
+      </w:r>
       <w:r w:rsidR="00BE31DB" w:rsidRPr="00BE31DB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>050 124 33 22)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4E8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3370BACC" w14:textId="77777777" w:rsidR="0092114E" w:rsidRPr="00592B30" w:rsidRDefault="00D8185A" w:rsidP="008B4E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4E8F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -10371,60 +10326,60 @@
         <w:t>Ausfüllhilfe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BAF0B1" w14:textId="77777777" w:rsidR="00D8185A" w:rsidRDefault="00D8185A" w:rsidP="00D8185A">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CB05BD7" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00D8185A">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Die in der Ausfüllhilfe enthaltenen Daten im Antwortfeld (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>gelb markiert</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) gelten als Beispiel. Diese müssen im Erhebungsbogen mit den eigenen Angaben ersetzt werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C02105" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0005122D" w:rsidP="00D8185A">
+    <w:p w14:paraId="24C02105" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00D8185A">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="0092114E">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>krankenanstalten@svc.co.at</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79BF9574" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00D8185A">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -11765,312 +11720,124 @@
             <w:r w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> für den </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">e-card </w:t>
             </w:r>
             <w:r w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anschluss gewählt?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BE54AE2" w14:textId="77777777" w:rsidR="004F6F7F" w:rsidRPr="00E465FC" w:rsidRDefault="004F6F7F" w:rsidP="004F6F7F">
+          <w:p w14:paraId="34E5A617" w14:textId="691B622D" w:rsidR="008B4E8F" w:rsidRPr="00E52C8C" w:rsidRDefault="004F6F7F" w:rsidP="00E52C8C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E465FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Für die Installation von einem eHI-Net/GIN-Anschluss können derzeit folgende Provider ausgewählt werden: </w:t>
             </w:r>
-          </w:p>
-[...126 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>www.chipkarte</w:t>
+              </w:r>
+              <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidR="00E52C8C" w:rsidRPr="001F3D9F">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>at/provider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26986FEC" w14:textId="77777777" w:rsidR="004F6F7F" w:rsidRPr="004F6F7F" w:rsidRDefault="004F6F7F" w:rsidP="004F6F7F">
+          <w:p w14:paraId="74681619" w14:textId="064611E9" w:rsidR="008B4E8F" w:rsidRPr="004F6F7F" w:rsidRDefault="00E52C8C" w:rsidP="004F6F7F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E52C8C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-            </w:pPr>
-[...96 lines deleted...]
-              <w:t>spusu</w:t>
+              <w:t>Provider XYZ GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B4E8F" w:rsidRPr="00D8185A" w14:paraId="394CA33A" w14:textId="77777777" w:rsidTr="00D8185A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11BE2B07" w14:textId="77777777" w:rsidR="008B4E8F" w:rsidRPr="00D8185A" w:rsidRDefault="00651F06" w:rsidP="008B4E8F">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
@@ -12173,97 +11940,97 @@
             <w:r w:rsidR="00891A97" w:rsidRPr="00732B1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Security-Kriterien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> möglich</w:t>
             </w:r>
             <w:r w:rsidR="00891A97" w:rsidRPr="00732B1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C5B94C" w14:textId="024943A6" w:rsidR="00891A97" w:rsidRDefault="00891A97" w:rsidP="00891A97">
+          <w:p w14:paraId="32C5B94C" w14:textId="7ACE8C93" w:rsidR="00891A97" w:rsidRDefault="00891A97" w:rsidP="00891A97">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D8185A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nähere Informationen finden Sie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> auf unserer </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00592B30">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Homepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bzw. können unter </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="007B4713">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>krankenanstalten@svc.co.at</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bezogen werden. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6662743F" w14:textId="77777777" w:rsidR="00891A97" w:rsidRDefault="00891A97" w:rsidP="00891A97">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="72"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -12696,51 +12463,51 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Telefon: +43 XXX XXXX</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="199813E6" w14:textId="77777777" w:rsidR="008B4E8F" w:rsidRPr="00D8185A" w:rsidRDefault="008B4E8F" w:rsidP="008B4E8F">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B4E8F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">E-Mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00E44E7D" w:rsidRPr="007B4713">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:highlight w:val="yellow"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t>max.mustermann@xxx.at</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> bzw. </w:t>
             </w:r>
             <w:r w:rsidRPr="008B4E8F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12832,146 +12599,146 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A247A59" w14:textId="77777777" w:rsidR="005D6563" w:rsidRPr="00D8185A" w:rsidRDefault="005D6563" w:rsidP="008B4E8F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2726A1B4" w14:textId="77777777" w:rsidR="0092114E" w:rsidRDefault="0092114E" w:rsidP="00462EB5">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0092114E" w:rsidSect="005205E3">
-      <w:headerReference w:type="default" r:id="rId15"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="851" w:bottom="851" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="68C58EFD" w14:textId="77777777" w:rsidR="00BD2F69" w:rsidRDefault="00BD2F69">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1539C405" w14:textId="77777777" w:rsidR="00BD2F69" w:rsidRDefault="00BD2F69">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="098A58F4" w14:textId="58C4DE37" w:rsidR="00A552FA" w:rsidRDefault="00A552FA" w:rsidP="005205E3">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
       <w:ind w:left="0" w:right="-2141"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003868FA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="003868FA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -13081,70 +12848,70 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009A0CF7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="336156CF" w14:textId="77777777" w:rsidR="00BD2F69" w:rsidRDefault="00BD2F69">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="595C4D50" w14:textId="77777777" w:rsidR="00BD2F69" w:rsidRDefault="00BD2F69">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A273966" w14:textId="77777777" w:rsidR="00A552FA" w:rsidRDefault="00611BF0">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="5727"/>
       </w:tabs>
       <w:ind w:right="-2321"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34491CB1" wp14:editId="73DE7E5A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5706745</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>180340</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="925195" cy="363855"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
@@ -13193,66 +12960,66 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17385EF5" w14:textId="77777777" w:rsidR="00A552FA" w:rsidRDefault="00A552FA" w:rsidP="00833E47">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004C1832"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D316A7CE"/>
     <w:lvl w:ilvl="0" w:tplc="0C070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16534,77 +16301,77 @@
   <w:num w:numId="21" w16cid:durableId="1724869472">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1851336954">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1832990810">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1275021381">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="134879882">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="827091234">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1667439802">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-AT" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-AT" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-AT" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="60417">
+    <o:shapedefaults v:ext="edit" spidmax="62465">
       <o:colormru v:ext="edit" colors="#747378,#f9b812"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00975927"/>
     <w:rsid w:val="00003A4C"/>
     <w:rsid w:val="00014EE4"/>
     <w:rsid w:val="0002023B"/>
     <w:rsid w:val="00030969"/>
@@ -16672,159 +16439,162 @@
     <w:rsid w:val="00696D15"/>
     <w:rsid w:val="006C319B"/>
     <w:rsid w:val="006C5A83"/>
     <w:rsid w:val="006C7C07"/>
     <w:rsid w:val="00732B1F"/>
     <w:rsid w:val="007420BA"/>
     <w:rsid w:val="00743F1D"/>
     <w:rsid w:val="00753747"/>
     <w:rsid w:val="00770587"/>
     <w:rsid w:val="00771BAB"/>
     <w:rsid w:val="00773180"/>
     <w:rsid w:val="0078014A"/>
     <w:rsid w:val="00814191"/>
     <w:rsid w:val="00820E27"/>
     <w:rsid w:val="00827F4D"/>
     <w:rsid w:val="00833E47"/>
     <w:rsid w:val="0086723E"/>
     <w:rsid w:val="008719CA"/>
     <w:rsid w:val="00891A97"/>
     <w:rsid w:val="008A7C4E"/>
     <w:rsid w:val="008B4E8F"/>
     <w:rsid w:val="008C5CAB"/>
     <w:rsid w:val="008E662D"/>
     <w:rsid w:val="0092114E"/>
     <w:rsid w:val="009252FB"/>
+    <w:rsid w:val="00932F5A"/>
     <w:rsid w:val="0096479A"/>
     <w:rsid w:val="00975927"/>
     <w:rsid w:val="009768C1"/>
     <w:rsid w:val="00997325"/>
     <w:rsid w:val="009A0CF7"/>
     <w:rsid w:val="009B0A7A"/>
     <w:rsid w:val="009B5ECE"/>
     <w:rsid w:val="009D104E"/>
     <w:rsid w:val="009E4438"/>
     <w:rsid w:val="009F0F18"/>
     <w:rsid w:val="009F5456"/>
     <w:rsid w:val="009F6BE4"/>
+    <w:rsid w:val="00A14098"/>
     <w:rsid w:val="00A17A9C"/>
     <w:rsid w:val="00A34048"/>
     <w:rsid w:val="00A5383D"/>
     <w:rsid w:val="00A552FA"/>
     <w:rsid w:val="00A62165"/>
     <w:rsid w:val="00A6371B"/>
     <w:rsid w:val="00A932A8"/>
     <w:rsid w:val="00AA6AC8"/>
     <w:rsid w:val="00B23AED"/>
     <w:rsid w:val="00B832CF"/>
     <w:rsid w:val="00B92CF9"/>
     <w:rsid w:val="00BD1E07"/>
     <w:rsid w:val="00BD2F69"/>
     <w:rsid w:val="00BD46BC"/>
     <w:rsid w:val="00BD4BFB"/>
     <w:rsid w:val="00BE31DB"/>
     <w:rsid w:val="00C13237"/>
     <w:rsid w:val="00C3454C"/>
     <w:rsid w:val="00C34CEC"/>
     <w:rsid w:val="00C508E0"/>
     <w:rsid w:val="00C73DFF"/>
     <w:rsid w:val="00C90030"/>
     <w:rsid w:val="00C95DB1"/>
     <w:rsid w:val="00C97B35"/>
     <w:rsid w:val="00CA093B"/>
     <w:rsid w:val="00CA1EE0"/>
     <w:rsid w:val="00CC77AC"/>
     <w:rsid w:val="00CE023E"/>
     <w:rsid w:val="00CE07A5"/>
     <w:rsid w:val="00D04625"/>
     <w:rsid w:val="00D12EFB"/>
     <w:rsid w:val="00D1646A"/>
     <w:rsid w:val="00D32731"/>
     <w:rsid w:val="00D373A3"/>
     <w:rsid w:val="00D43676"/>
     <w:rsid w:val="00D5404B"/>
     <w:rsid w:val="00D564BD"/>
     <w:rsid w:val="00D57D20"/>
     <w:rsid w:val="00D8185A"/>
     <w:rsid w:val="00D84DC4"/>
     <w:rsid w:val="00DB5EFC"/>
     <w:rsid w:val="00E26B6F"/>
     <w:rsid w:val="00E32712"/>
     <w:rsid w:val="00E32D7E"/>
     <w:rsid w:val="00E44E7D"/>
     <w:rsid w:val="00E465FC"/>
     <w:rsid w:val="00E47199"/>
     <w:rsid w:val="00E52375"/>
+    <w:rsid w:val="00E52C8C"/>
     <w:rsid w:val="00E614B4"/>
     <w:rsid w:val="00E83A47"/>
     <w:rsid w:val="00E85F48"/>
     <w:rsid w:val="00E87942"/>
     <w:rsid w:val="00EB5CCD"/>
     <w:rsid w:val="00EE046D"/>
     <w:rsid w:val="00EF2F9D"/>
     <w:rsid w:val="00F46CBC"/>
     <w:rsid w:val="00F621A3"/>
     <w:rsid w:val="00F65757"/>
     <w:rsid w:val="00F812C6"/>
     <w:rsid w:val="00F8136E"/>
     <w:rsid w:val="00F859F1"/>
     <w:rsid w:val="00F930AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="60417">
+    <o:shapedefaults v:ext="edit" spidmax="62465">
       <o:colormru v:ext="edit" colors="#747378,#f9b812"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1D470D69"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F5A767D5-B4E3-4355-8F10-ABDBEA8FF898}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -17342,51 +17112,51 @@
   <w:style w:type="character" w:styleId="Fett">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="004F6F7F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E26B6F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="487554722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="498077158">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17467,198 +17237,211 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2090929383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chipkarte.at/cdscontent/?contentid=10007.895064" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chipkarte.at/cdscontent/?contentid=10007.895064" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:max.mustermann@xxx.at" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.chipkarte.at/gda-support" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:max.mustermann@xxx.at" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:krankenanstalten@svc.co.at" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chipkarte.at/sw-zertifikate" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chipkarte.at/sw-zertifikate" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.chipkarte.at/provider" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.chipkarte.at/provider" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A07D9B7-A973-4093-9AB3-194BB50185A1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00931556" w:rsidRDefault="00773A54">
           <w:r w:rsidRPr="00355582">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00773A54"/>
     <w:rsid w:val="00773A54"/>
     <w:rsid w:val="00931556"/>
+    <w:rsid w:val="00A14098"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18053,51 +17836,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00773A54"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -18341,75 +18124,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BEE5BA-C464-4974-A722-A455A608B82C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>874</Words>
-  <Characters>6326</Characters>
+  <Words>809</Words>
+  <Characters>6160</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SVC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7186</CharactersWithSpaces>
+  <CharactersWithSpaces>6956</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="126" baseType="variant">
       <vt:variant>
         <vt:i4>6225972</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>114</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:e-card_fachliche_Infos@KA.at</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6684702</vt:i4>
       </vt:variant>
       <vt:variant>